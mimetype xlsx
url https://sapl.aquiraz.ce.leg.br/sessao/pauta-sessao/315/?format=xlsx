--- v0 (2025-12-22)
+++ v1 (2026-03-19)
@@ -78,51 +78,51 @@
   <si>
     <t>Projeto de Lei Ordinário nº 123 de 2025</t>
   </si>
   <si>
     <t>Marnei</t>
   </si>
   <si>
     <t>Denomina as Ruas na Localidade de Tanques, no Distrito de Serpa, "Rua Maria das Flores", "Rua Antônio Quincas", neste Município.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário nº 124 de 2025</t>
   </si>
   <si>
     <t>Neide Queiroz</t>
   </si>
   <si>
     <t>Denomina "Rua na localidade de Fagundes, "Rua José Gutemberg Freitas", neste município.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário nº 125 de 2025</t>
   </si>
   <si>
     <t>Alex Lemos</t>
   </si>
   <si>
-    <t>Denomina logradouro público como Rua Nobre a atual Rua Sem Nome Localizada na Glória, localizada de Camará, conforme documentação em anexo. nesta cidade e dá outras providências.</t>
+    <t>Denomina logradouro público como Rua Nobre a atual Rua Sem Nome Localizada na Giboia, localizada de Camará, conforme documentação em anexo. nesta cidade e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário nº 126 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro Especializado de Reabilitação - CER no Município de Aquiraz, de “Antônio Fernando Freitas Guimarães", e dá_x000D_
 outras providências."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário nº 127 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Ginásio Poliesportivo Municipal, localizado no Centro, como Ginásio Poliesportivo Municipal Acilon Pinto Gonçalves, e dá outras providências."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário nº 128 de 2025</t>
   </si>
   <si>
     <t>Peninha</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Aquiraz, o Centro de Referência aos diabéticos e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário nº 129 de 2025</t>