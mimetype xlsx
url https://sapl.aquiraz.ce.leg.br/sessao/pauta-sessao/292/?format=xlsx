--- v0 (2025-12-27)
+++ v1 (2026-03-22)
@@ -93,51 +93,51 @@
   <si>
     <t>Requerimento nº 330 de 2025</t>
   </si>
   <si>
     <t>Peninha</t>
   </si>
   <si>
     <t>Indica a pavimentação em pedra tosca da Rua Sol nascente na localidade da Baixa Grande (sem terra) no distrito de João de Castro nesse município;</t>
   </si>
   <si>
     <t>Requerimento nº 331 de 2025</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da Rua Francisco Luiz do Nascimento, na localidade de Telha, no distrito de Camará, nesse município.</t>
   </si>
   <si>
     <t>Requerimento nº 332 de 2025</t>
   </si>
   <si>
     <t>Requer a pavimentação em pedra tosca da Rua Dr. Costa Lima, como as demais ruas da localidade da Baixa Grande (sem terra) no distrito de João de Castro, nesse município.</t>
   </si>
   <si>
     <t>Requerimento nº 333 de 2025</t>
   </si>
   <si>
-    <t>Raul do Vandinho</t>
+    <t>Raul Freitas</t>
   </si>
   <si>
     <t>Requer a construção de um Calçamento na Praia do Batoque, neste município.</t>
   </si>
   <si>
     <t>Requerimento nº 334 de 2025</t>
   </si>
   <si>
     <t>Giselle Façanha</t>
   </si>
   <si>
     <t>Requer a instalação substituição e/ou de lâmpadas no terminal rodoviário municipal.</t>
   </si>
   <si>
     <t>Requerimento nº 335 de 2025</t>
   </si>
   <si>
     <t>Marnei</t>
   </si>
   <si>
     <t>Requer a Construção de uma brinquedopraça na praça da igreja do Fagunde, em Aquiraz, neste município.</t>
   </si>
   <si>
     <t>Requerimento nº 336 de 2025</t>
   </si>