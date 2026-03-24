--- v0 (2025-12-23)
+++ v1 (2026-03-24)
@@ -63,51 +63,51 @@
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no Orçamento Municipal em observância ao determinado na Lei Federal n.º 4.320/64, bem como altera a Lei Municipal n.º 1.781/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>Proposição inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário nº 32 de 2025</t>
   </si>
   <si>
     <t>Estabelece procedimentos para concessão de parcelamento especial de débitos fiscais, dispensa juros e multas nas condições que indica, e dá outras providências.</t>
   </si>
   <si>
     <t>Requerimento nº 269 de 2025</t>
   </si>
   <si>
     <t>Giselle Façanha</t>
   </si>
   <si>
     <t>Requer a construção de quadra poliesportiva no EMEF Mario Façanha de Sá, no bairro Porto das Dunas, neste Município.</t>
   </si>
   <si>
     <t>Requerimento nº 270 de 2025</t>
   </si>
   <si>
-    <t>Raul do Vandinho</t>
+    <t>Raul Freitas</t>
   </si>
   <si>
     <t>Requer o calçamento de paralelepípedo na Av. Estrelas do mar n.5047, Porto das Dunas, neste Município.</t>
   </si>
   <si>
     <t>Requerimento nº 271 de 2025</t>
   </si>
   <si>
     <t>Requer o calçamento Rua Barracudo, Porto das Dunas, neste Município.</t>
   </si>
   <si>
     <t>Requerimento nº 272 de 2025</t>
   </si>
   <si>
     <t>Requer a manutenção do drenagem na via na Rua Água Viva, próxima ao condomínio Palm Beach no Porto das Dunas, neste Município.</t>
   </si>
   <si>
     <t>Requerimento nº 273 de 2025</t>
   </si>
   <si>
     <t>Requer o recapeamento asfáltico do final da Avenida Cajueiro no Porto dos Dunas, neste Município.</t>
   </si>
   <si>
     <t>Requerimento nº 274 de 2025</t>
   </si>