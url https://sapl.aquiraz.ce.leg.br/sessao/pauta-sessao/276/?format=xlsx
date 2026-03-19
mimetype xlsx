--- v0 (2025-12-23)
+++ v1 (2026-03-19)
@@ -187,51 +187,51 @@
   </si>
   <si>
     <t>Requerimento nº 101 de 2025</t>
   </si>
   <si>
     <t>Requer a Pavimentação de Ruas na Localidade de Pau Pombo - Distrito de_x000D_
 Tapera,_x000D_
 neste município.</t>
   </si>
   <si>
     <t>Requerimento nº 102 de 2025</t>
   </si>
   <si>
     <t>Requer um ponto de apoio para atendimento da comunidade do Pau Pombo que hoje é atendida pelo PSF -Jussara, neste município.</t>
   </si>
   <si>
     <t>Requerimento nº 103 de 2025</t>
   </si>
   <si>
     <t>Requer a extensão de Rede Eletrica e iluminação pública do Pau Pombo - Distrito ed Tapera, neste municípi</t>
   </si>
   <si>
     <t>Requerimento nº 104 de 2025</t>
   </si>
   <si>
-    <t>Raul do Vandinho</t>
+    <t>Raul Freitas</t>
   </si>
   <si>
     <t>Requer a Continuação do calçamento no Beco da Dodó Patacas, nesse município.</t>
   </si>
   <si>
     <t>Requerimento nº 106 de 2025</t>
   </si>
   <si>
     <t>Requer a Construção de calçamento na Rua do Dedé da Gota finalizando no Araçás, nesse município.</t>
   </si>
   <si>
     <t>Requerimento nº 107 de 2025</t>
   </si>
   <si>
     <t>Peninha</t>
   </si>
   <si>
     <t>Requer a implantação de paradas de ônibus, no distrito de Camará, nesse município.</t>
   </si>
   <si>
     <t>Requerimento nº 108 de 2025</t>
   </si>
   <si>
     <t>Requer a continuação da camada asfáltica da rua João Pires Cardoso (sentido PSF camará), no distrito de Camará, nesse município</t>
   </si>